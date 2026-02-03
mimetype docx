--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -1,177 +1,177 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX5.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="7830"/>
         <w:gridCol w:w="1350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003771E7" w:rsidTr="00380E69">
+      <w:tr w:rsidR="003771E7" w14:paraId="0261E693" w14:textId="77777777" w:rsidTr="00380E69">
         <w:trPr>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003771E7" w:rsidRPr="003771E7" w:rsidRDefault="005607C5" w:rsidP="00380E69">
+          <w:p w14:paraId="630109AC" w14:textId="77777777" w:rsidR="003771E7" w:rsidRPr="003771E7" w:rsidRDefault="005607C5" w:rsidP="00380E69">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="96"/>
                 <w:szCs w:val="96"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="96"/>
                 <w:szCs w:val="96"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
+          <w:p w14:paraId="39DCF43C" w14:textId="77777777" w:rsidR="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مجموعه کاربرگ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>هاي دوره کارشناسي ارشد</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003771E7" w:rsidRPr="00DF4DD9" w:rsidRDefault="003771E7" w:rsidP="005607C5">
+          <w:p w14:paraId="6C927916" w14:textId="77777777" w:rsidR="003771E7" w:rsidRPr="00DF4DD9" w:rsidRDefault="003771E7" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4DD9">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">«کاربرگ </w:t>
             </w:r>
             <w:r w:rsidR="005607C5">
@@ -184,255 +184,253 @@
                 <w:rtl/>
               </w:rPr>
               <w:t>تصويب طرح تحقيق</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4DD9">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003771E7" w:rsidRDefault="007F7F6C" w:rsidP="003771E7">
+          <w:p w14:paraId="4A3C3249" w14:textId="77777777" w:rsidR="003771E7" w:rsidRDefault="007F7F6C" w:rsidP="003771E7">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54BA732D" wp14:editId="0FE16004">
                   <wp:extent cx="500380" cy="793750"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="30" name="Picture 2" descr="C:\Users\Zolfaghari\Desktop\Birjand%20Logo+.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Zolfaghari\Desktop\Birjand%20Logo+.png"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:lum contrast="60000"/>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500380" cy="793750"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003771E7" w:rsidTr="00380E69">
+      <w:tr w:rsidR="003771E7" w14:paraId="14F544BE" w14:textId="77777777" w:rsidTr="00380E69">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
+          <w:p w14:paraId="00D756E5" w14:textId="77777777" w:rsidR="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
+          <w:p w14:paraId="602D393A" w14:textId="77777777" w:rsidR="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003771E7" w:rsidRPr="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
+          <w:p w14:paraId="41F95316" w14:textId="77777777" w:rsidR="003771E7" w:rsidRPr="003771E7" w:rsidRDefault="003771E7" w:rsidP="003771E7">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003771E7">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Titr" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>دانشگاه بيرجند</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00017548" w:rsidRPr="00587AEC" w:rsidRDefault="007F7F6C" w:rsidP="00017548">
+    <w:p w14:paraId="205AE705" w14:textId="77777777" w:rsidR="00017548" w:rsidRPr="00587AEC" w:rsidRDefault="007F7F6C" w:rsidP="00017548">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587AEC">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>اطلاعات دانشجو:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1702"/>
-        <w:gridCol w:w="989"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="2257"/>
+        <w:gridCol w:w="901"/>
+        <w:gridCol w:w="2242"/>
+        <w:gridCol w:w="3338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidTr="00F702E8">
+      <w:tr w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w14:paraId="2B82484D" w14:textId="77777777" w:rsidTr="00F702E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3959" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="007F7F6C" w:rsidP="0002203E">
+          <w:p w14:paraId="5A5D74EB" w14:textId="77777777" w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="007F7F6C" w:rsidP="0002203E">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00587AEC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نام و نام خانوادگي:</w:t>
             </w:r>
@@ -461,51 +459,51 @@
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002203E">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>اطلاعات تايپ شود</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3143" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="007F7F6C" w:rsidP="00965E3C">
+          <w:p w14:paraId="4E5B4DDC" w14:textId="77777777" w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="007F7F6C" w:rsidP="00965E3C">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00587AEC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>شماره دانشجويي:</w:t>
             </w:r>
@@ -528,106 +526,105 @@
                 <w:placeholder>
                   <w:docPart w:val="87E90E7324644B5B933F4D6A6C923B6A"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00965E3C">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>999999</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3338" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00514527" w:rsidRPr="00587AEC" w:rsidRDefault="0031202D" w:rsidP="007740FD">
+          <w:p w14:paraId="1FC6DFBE" w14:textId="77777777" w:rsidR="00514527" w:rsidRPr="00587AEC" w:rsidRDefault="00FB1E21" w:rsidP="007740FD">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
+              <w:pict w14:anchorId="542D24B0">
                 <v:shapetype id="_x0000_t201" coordsize="21600,21600" o:spt="201" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path shadowok="f" o:extrusionok="f" strokeok="f" fillok="f" o:connecttype="rect"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1039" type="#_x0000_t201" style="position:absolute;left:0;text-align:left;margin-left:19.9pt;margin-top:.5pt;width:15.75pt;height:17.25pt;z-index:251661312;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-1029 0 -1029 20880 21600 20880 21600 0 -1029 0" filled="f" stroked="f">
+                <v:shape id="_x0000_s1039" type="#_x0000_t201" style="position:absolute;left:0;text-align:left;margin-left:19.9pt;margin-top:.5pt;width:15.6pt;height:17.4pt;z-index:251661312;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-1029 0 -1029 20880 21600 20880 21600 0 -1029 0" filled="f" stroked="f">
                   <v:imagedata r:id="rId9" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shape>
                 <w:control r:id="rId10" w:name="CheckBox1" w:shapeid="_x0000_s1039"/>
-              </w:object>
+              </w:pict>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:object w:dxaOrig="1440" w:dyaOrig="1440">
-                <v:shape id="_x0000_s1040" type="#_x0000_t201" style="position:absolute;left:0;text-align:left;margin-left:80.2pt;margin-top:.5pt;width:14.25pt;height:17.25pt;z-index:251663360;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-1137 0 -1137 20661 21600 20661 21600 0 -1137 0" filled="f" stroked="f">
+              <w:pict w14:anchorId="62E5465B">
+                <v:shape id="_x0000_s1040" type="#_x0000_t201" style="position:absolute;left:0;text-align:left;margin-left:80.2pt;margin-top:.5pt;width:14.4pt;height:16.8pt;z-index:251663360;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-1137 0 -1137 20661 21600 20661 21600 0 -1137 0" filled="f" stroked="f">
                   <v:imagedata r:id="rId11" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shape>
                 <w:control r:id="rId12" w:name="CheckBox2" w:shapeid="_x0000_s1040"/>
-              </w:object>
+              </w:pict>
             </w:r>
             <w:r w:rsidR="007F7F6C" w:rsidRPr="00587AEC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">پذيرش:  روزانه </w:t>
             </w:r>
             <w:r w:rsidR="00B6483F" w:rsidRPr="00587AEC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
@@ -660,60 +657,60 @@
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="00B6483F" w:rsidRPr="00587AEC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>شبانه</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidTr="00F702E8">
+      <w:tr w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w14:paraId="48B00D56" w14:textId="77777777" w:rsidTr="00F702E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3959" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="00587AEC" w:rsidP="009C64E5">
+          <w:p w14:paraId="401C885E" w14:textId="77777777" w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="00587AEC" w:rsidP="009C64E5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>دانشکده</w:t>
             </w:r>
@@ -754,75 +751,75 @@
                 </w:rPr>
                 <w:id w:val="161134"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="BB61CE2DC6384D5595BCF629DF2E19CC"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="ادبيات و علوم انسانی" w:value="ادبيات و علوم انسانی"/>
                   <w:listItem w:displayText="علوم" w:value="علوم"/>
                   <w:listItem w:displayText="علوم تربيتي و روانشناسي" w:value="علوم تربيتي و روانشناسي"/>
                   <w:listItem w:displayText="علوم رياضي و آمار" w:value="علوم رياضي و آمار"/>
                   <w:listItem w:displayText="علوم ورزشي" w:value="علوم ورزشي"/>
                   <w:listItem w:displayText="کشاورزي" w:value="کشاورزي"/>
                   <w:listItem w:displayText="منابع طبيعي و محيط زيست" w:value="منابع طبيعي و محيط زيست"/>
                   <w:listItem w:displayText="مهندسي" w:value="مهندسي"/>
                   <w:listItem w:displayText="مهندسي برق و کامپيوتر" w:value="مهندسي برق و کامپيوتر"/>
                   <w:listItem w:displayText="هنر" w:value="هنر"/>
                   <w:listItem w:displayText="فني فردوس" w:value="فني فردوس"/>
                   <w:listItem w:displayText="آموزشکده کشاورزي سرايان" w:value="آموزشکده کشاورزي سرايان"/>
                   <w:listItem w:displayText="آموزشکده کشاورزي سربيشه" w:value="آموزشکده کشاورزي سربيشه"/>
                   <w:listItem w:displayText="آموزشکده معدن نهبندان" w:value="آموزشکده معدن نهبندان"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0020698A">
+                <w:r w:rsidR="00AB0F21">
                   <w:rPr>
                     <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:rtl/>
                     <w:lang w:bidi="fa-IR"/>
                   </w:rPr>
                   <w:t>ادبيات و علوم انسانی</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3143" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="00587AEC" w:rsidP="007740FD">
+          <w:p w14:paraId="21A8422F" w14:textId="77777777" w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="00587AEC" w:rsidP="007740FD">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>رشته:</w:t>
             </w:r>
@@ -844,56 +841,55 @@
                 <w:placeholder>
                   <w:docPart w:val="2F6400CDDE694C95A38775B900CC0029"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002203E">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>اطلاعات تايپ شود</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3338" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="00587AEC" w:rsidP="007740FD">
+          <w:p w14:paraId="4EFFDC37" w14:textId="77777777" w:rsidR="007F7F6C" w:rsidRPr="00587AEC" w:rsidRDefault="00587AEC" w:rsidP="007740FD">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>گرايش:</w:t>
             </w:r>
@@ -913,76 +909,76 @@
                 </w:rPr>
                 <w:id w:val="17947917"/>
                 <w:placeholder>
                   <w:docPart w:val="A0411BD0E02045158EA3759FD10D9BCC"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002203E">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>اطلاعات تايپ شود</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="00F702E8">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w14:paraId="658B2873" w14:textId="77777777" w:rsidTr="00F702E8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7102" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00C35020" w:rsidRDefault="00F702E8" w:rsidP="00F702E8">
+          <w:p w14:paraId="24FC708A" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00C35020" w:rsidRDefault="00F702E8" w:rsidP="00F702E8">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA32DE">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">آدرس پست الکترونيکي دانشجو: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
@@ -991,59 +987,58 @@
                 </w:rPr>
                 <w:id w:val="434563817"/>
                 <w:placeholder>
                   <w:docPart w:val="4A6D739EB2EA462DB31F3096B63F9F1C"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                   </w:rPr>
                   <w:t>email@birjand.ac.ir</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3338" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00C35020" w:rsidRDefault="00F702E8" w:rsidP="00F702E8">
+          <w:p w14:paraId="03761EE0" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00C35020" w:rsidRDefault="00F702E8" w:rsidP="00F702E8">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">شماره تلفن همراه دانشجو: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
@@ -1062,76 +1057,76 @@
                 </w:rPr>
                 <w:id w:val="1441720703"/>
                 <w:placeholder>
                   <w:docPart w:val="BD420C6EE67F42BC9EEB6D17BC1EEEBE"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>09199999999</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="00F702E8">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w14:paraId="4094E789" w14:textId="77777777" w:rsidTr="00F702E8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00C35020" w:rsidRDefault="00F702E8" w:rsidP="00BD0734">
+          <w:p w14:paraId="269BC302" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00C35020" w:rsidRDefault="00F702E8" w:rsidP="00BD0734">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تاريخ شرکت در کارگاه آشنايي با پايگاه</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
@@ -1165,1927 +1160,2310 @@
               </w:rPr>
               <w:t xml:space="preserve">گواهي </w:t>
             </w:r>
             <w:r w:rsidR="00BD0734">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مربوطه براي دانشجويان ورودي 1396 به بعد الزامي است</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007B724B">
               <w:rPr>
                 <w:rStyle w:val="Forms"/>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t>....................</w:t>
+              <w:t xml:space="preserve"> ....................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w14:paraId="43C48A3B" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="2038"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00722A1C">
+          <w:p w14:paraId="2B835B5F" w14:textId="6D42EBA7" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00722A1C">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00587AEC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">اطلاعات </w:t>
             </w:r>
+            <w:r w:rsidR="007B724B">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>هیات راهنمایی پایان نامه</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>اساتيد راهنما و مشاور:</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:bidiVisual/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1564"/>
               <w:gridCol w:w="1946"/>
               <w:gridCol w:w="1246"/>
               <w:gridCol w:w="1066"/>
               <w:gridCol w:w="1347"/>
               <w:gridCol w:w="1260"/>
               <w:gridCol w:w="1785"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidTr="00D72D31">
+            <w:tr w:rsidR="00F702E8" w:rsidRPr="00D72D31" w14:paraId="323B6DAF" w14:textId="77777777" w:rsidTr="00D72D31">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1564" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="695514DD" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D72D31">
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>عنوان</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1946" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="000E5BD3" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>نام و نام خانوادگي استاد</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1246" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="41E55298" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>گروه آموزشي</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1066" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="159E59C1" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>مرتبه علمي</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1347" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="76E5FBA1" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>تخصص</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1260" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="6FF34A5E" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>درصد مشارکت</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="6378F427" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>نام مؤسسه</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidTr="00D72D31">
+            <w:tr w:rsidR="007B724B" w:rsidRPr="00D72D31" w14:paraId="5838DAF4" w14:textId="77777777" w:rsidTr="00D72D31">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1564" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="00F702E8" w:rsidP="00D72D31">
+                <w:p w14:paraId="007EF3D3" w14:textId="31F1A6E1" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="007B724B" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                     <w:t>استاد راهنماي اول</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1946" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="215C9AB4" w14:textId="18DBF56F" w:rsidR="007B724B" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
+                  <w:pPr>
+                    <w:bidi/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Forms"/>
+                        <w:rFonts w:hint="cs"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:id w:val="1892922871"/>
+                      <w:placeholder>
+                        <w:docPart w:val="4E5EB5490D5B448FB0CE7442CF0A6EBD"/>
+                      </w:placeholder>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Forms"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="007B724B">
+                        <w:rPr>
+                          <w:rStyle w:val="Forms"/>
+                          <w:rFonts w:hint="cs"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>اطلاعات تايپ شود</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1246" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="78A7B5F1" w14:textId="7D700626" w:rsidR="007B724B" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
+                  <w:pPr>
+                    <w:bidi/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Forms"/>
+                        <w:rFonts w:hint="cs"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:id w:val="-423040815"/>
+                      <w:placeholder>
+                        <w:docPart w:val="2F9F5C2D07AA4764B6A7455948884046"/>
+                      </w:placeholder>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Forms"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="007B724B">
+                        <w:rPr>
+                          <w:rStyle w:val="Forms"/>
+                          <w:rFonts w:hint="cs"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>تايپ شود</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1066" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="54FBDFFD" w14:textId="062789DB" w:rsidR="007B724B" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
+                  <w:pPr>
+                    <w:bidi/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:rtl/>
+                        <w:lang w:bidi="fa-IR"/>
+                      </w:rPr>
+                      <w:id w:val="-1622374285"/>
+                      <w:placeholder>
+                        <w:docPart w:val="B3AF254DD149437B9746C05E162C1FAF"/>
+                      </w:placeholder>
+                      <w:comboBox>
+                        <w:listItem w:displayText="استادیار" w:value="استادیار"/>
+                        <w:listItem w:displayText="دانشیار" w:value="دانشیار"/>
+                        <w:listItem w:displayText="استاد" w:value="استاد"/>
+                      </w:comboBox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="007B724B">
+                        <w:rPr>
+                          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:rtl/>
+                          <w:lang w:bidi="fa-IR"/>
+                        </w:rPr>
+                        <w:t>استادیار</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1347" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5DCCD1B0" w14:textId="6DCE154B" w:rsidR="007B724B" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
+                  <w:pPr>
+                    <w:bidi/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Forms"/>
+                        <w:rFonts w:hint="cs"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:id w:val="455224731"/>
+                      <w:placeholder>
+                        <w:docPart w:val="46050A6C5C5742AD8DDFB2BF9498E827"/>
+                      </w:placeholder>
+                    </w:sdtPr>
+                    <w:sdtEndPr>
+                      <w:rPr>
+                        <w:rStyle w:val="Forms"/>
+                      </w:rPr>
+                    </w:sdtEndPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="007B724B">
+                        <w:rPr>
+                          <w:rStyle w:val="Forms"/>
+                          <w:rFonts w:hint="cs"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>تايپ شود</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1260" w:type="dxa"/>
+                </w:tcPr>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                      <w:lang w:bidi="fa-IR"/>
+                    </w:rPr>
+                    <w:id w:val="2124963219"/>
+                    <w:lock w:val="contentLocked"/>
+                    <w:placeholder>
+                      <w:docPart w:val="7FF4B072C6C54FFE8C9D1557879CFBE1"/>
+                    </w:placeholder>
+                    <w:group/>
+                  </w:sdtPr>
+                  <w:sdtEndPr>
+                    <w:rPr>
+                      <w:rFonts w:hint="cs"/>
+                      <w:lang w:bidi="ar-SA"/>
+                    </w:rPr>
+                  </w:sdtEndPr>
+                  <w:sdtContent>
+                    <w:p w14:paraId="1595328B" w14:textId="61DDAECD" w:rsidR="007B724B" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
+                      <w:pPr>
+                        <w:bidi/>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:rtl/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:rtl/>
+                            <w:lang w:bidi="fa-IR"/>
+                          </w:rPr>
+                          <w:id w:val="428549289"/>
+                          <w:placeholder>
+                            <w:docPart w:val="21E8755222EC4CC1BC38D778A5556CD4"/>
+                          </w:placeholder>
+                          <w:comboBox>
+                            <w:listItem w:displayText="-" w:value="-"/>
+                            <w:listItem w:displayText="100" w:value="100"/>
+                            <w:listItem w:displayText="90" w:value="90"/>
+                            <w:listItem w:displayText="80" w:value="80"/>
+                            <w:listItem w:displayText="70" w:value="70"/>
+                            <w:listItem w:displayText="60" w:value="60"/>
+                            <w:listItem w:displayText="50" w:value="50"/>
+                            <w:listItem w:displayText="40" w:value="40"/>
+                            <w:listItem w:displayText="30" w:value="30"/>
+                            <w:listItem w:displayText="20" w:value="20"/>
+                            <w:listItem w:displayText="10" w:value="10"/>
+                          </w:comboBox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="007B724B">
+                            <w:rPr>
+                              <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                              <w:rtl/>
+                              <w:lang w:bidi="fa-IR"/>
+                            </w:rPr>
+                            <w:t>100</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                    </w:p>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1785" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="17C0BDAA" w14:textId="4EA8D5E4" w:rsidR="007B724B" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
+                  <w:pPr>
+                    <w:bidi/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                        <w:rtl/>
+                        <w:lang w:bidi="fa-IR"/>
+                      </w:rPr>
+                      <w:id w:val="-544292634"/>
+                      <w:placeholder>
+                        <w:docPart w:val="A3AE852627A547BD9C745844B3EF5AA0"/>
+                      </w:placeholder>
+                      <w:comboBox>
+                        <w:listItem w:displayText="دانشگاه بيرجند" w:value="دانشگاه بيرجند"/>
+                      </w:comboBox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="007B724B">
+                        <w:rPr>
+                          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:rtl/>
+                          <w:lang w:bidi="fa-IR"/>
+                        </w:rPr>
+                        <w:t>دانشگاه بيرجند</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007B724B" w:rsidRPr="00D72D31" w14:paraId="4D4B33CC" w14:textId="77777777" w:rsidTr="00D72D31">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1564" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2CEBB388" w14:textId="019A7EE2" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="007B724B" w:rsidP="00D72D31">
+                  <w:pPr>
+                    <w:bidi/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:rtl/>
+                    </w:rPr>
+                    <w:t>استاد راهنماي دوم</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1946" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="695343E4" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776699"/>
                       <w:placeholder>
-                        <w:docPart w:val="37B51A5ED09F40B4AA7DE3FBE200F5DE"/>
+                        <w:docPart w:val="9494265F140B4968B7F39330B6FCB737"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>اطلاعات تايپ شود</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1246" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="3A6079B7" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776700"/>
                       <w:placeholder>
-                        <w:docPart w:val="A70E770712A2480393218C817FDB09C3"/>
+                        <w:docPart w:val="4A05670C94AE40DBBBC905766BA44C60"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>تايپ شود</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1066" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="222A2CEF" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776701"/>
                       <w:lock w:val="sdtLocked"/>
                       <w:placeholder>
-                        <w:docPart w:val="9C0560DAB5C7465690FC852BB8D5FD58"/>
+                        <w:docPart w:val="75D5E655D06043968D18F3E0A6251628"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="استادیار" w:value="استادیار"/>
                         <w:listItem w:displayText="دانشیار" w:value="دانشیار"/>
                         <w:listItem w:displayText="استاد" w:value="استاد"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>استادیار</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1347" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="470AA34B" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776702"/>
                       <w:placeholder>
-                        <w:docPart w:val="6759EC0380D04FB4934F3DF2F53FBFAF"/>
+                        <w:docPart w:val="C15C5D2B00F34A7ABD171CCA184E837B"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>تايپ شود</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1260" w:type="dxa"/>
                 </w:tcPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                       <w:lang w:bidi="fa-IR"/>
                     </w:rPr>
                     <w:id w:val="102776703"/>
                     <w:lock w:val="contentLocked"/>
                     <w:placeholder>
-                      <w:docPart w:val="2F3E0C283E9F4C07A3277D99ED47E644"/>
+                      <w:docPart w:val="F2516D7FDF9C45478D4F57D669F886D5"/>
                     </w:placeholder>
                     <w:group/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rFonts w:hint="cs"/>
                       <w:lang w:bidi="ar-SA"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
-                    <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                    <w:p w14:paraId="7E273F3F" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                       <w:pPr>
                         <w:bidi/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:rtl/>
                             <w:lang w:bidi="fa-IR"/>
                           </w:rPr>
                           <w:id w:val="102776704"/>
                           <w:lock w:val="sdtLocked"/>
                           <w:placeholder>
-                            <w:docPart w:val="5102A7CCF1B349EE8AB03ED88916E59B"/>
+                            <w:docPart w:val="581421740298457498A362A98DE769D3"/>
                           </w:placeholder>
                           <w:comboBox>
                             <w:listItem w:displayText="-" w:value="-"/>
                             <w:listItem w:displayText="100" w:value="100"/>
                             <w:listItem w:displayText="90" w:value="90"/>
                             <w:listItem w:displayText="80" w:value="80"/>
                             <w:listItem w:displayText="70" w:value="70"/>
                             <w:listItem w:displayText="60" w:value="60"/>
                             <w:listItem w:displayText="50" w:value="50"/>
                             <w:listItem w:displayText="40" w:value="40"/>
                             <w:listItem w:displayText="30" w:value="30"/>
                             <w:listItem w:displayText="20" w:value="20"/>
                             <w:listItem w:displayText="10" w:value="10"/>
                           </w:comboBox>
                         </w:sdtPr>
                         <w:sdtEndPr/>
                         <w:sdtContent>
-                          <w:r w:rsidR="00F702E8">
+                          <w:r w:rsidR="007B724B">
                             <w:rPr>
                               <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                               <w:lang w:bidi="fa-IR"/>
                             </w:rPr>
                             <w:t>100</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:sdtContent>
                 </w:sdt>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="42B24D45" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776705"/>
                       <w:lock w:val="sdtLocked"/>
                       <w:placeholder>
-                        <w:docPart w:val="3953CFBDEF784CAF8F7D06102547C506"/>
+                        <w:docPart w:val="45F1608E46074CBAABF5BD096661B9E1"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="دانشگاه بيرجند" w:value="دانشگاه بيرجند"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>دانشگاه بيرجند</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidTr="00D72D31">
+            <w:tr w:rsidR="007B724B" w:rsidRPr="00D72D31" w14:paraId="2F3A5CA5" w14:textId="77777777" w:rsidTr="00D72D31">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1564" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="590EE9E2" w14:textId="381D37FB" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                       <w:lang w:bidi="fa-IR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776706"/>
                       <w:lock w:val="sdtLocked"/>
                       <w:placeholder>
-                        <w:docPart w:val="9122FA29717C4BA1A236FF84D20327A2"/>
+                        <w:docPart w:val="7301CE366E274A5B9FD16166F9A9DD52"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="استاد راهنماي دوم" w:value="استاد راهنماي دوم"/>
                         <w:listItem w:displayText="استاد مشاور اول" w:value="استاد مشاور اول"/>
                         <w:listItem w:displayText="استاد مشاور دوم" w:value="استاد مشاور دوم"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
-                        <w:t>استاد راهنماي دوم</w:t>
+                        <w:t>استاد مشاور اول</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1946" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="2C2F5599" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776707"/>
                       <w:placeholder>
-                        <w:docPart w:val="8FF87CEA6836430CB44972976AAECCC7"/>
+                        <w:docPart w:val="FCF237CF3151439BB7E1A3D4D8F7FCD1"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1246" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="2EF3A7E6" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776708"/>
                       <w:placeholder>
-                        <w:docPart w:val="34C7F5869E0D4E1B8C1A66006E37B86B"/>
+                        <w:docPart w:val="D4A4888AE7B445ABB4D168D2878E94C4"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1066" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="547CE9D0" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776709"/>
                       <w:lock w:val="sdtLocked"/>
                       <w:placeholder>
-                        <w:docPart w:val="F31AE9B484A14FC18FFA9E2E5B4187B2"/>
+                        <w:docPart w:val="549153796B3A4E80B41E80EDE2415CB8"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="مربی" w:value="مربی"/>
                         <w:listItem w:displayText="استادیار" w:value="استادیار"/>
                         <w:listItem w:displayText="دانشیار" w:value="دانشیار"/>
                         <w:listItem w:displayText="استاد" w:value="استاد"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>استادیار</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1347" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="5722A06F" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776710"/>
                       <w:placeholder>
-                        <w:docPart w:val="FED60BA8463C4BDE90C1E2888F252063"/>
+                        <w:docPart w:val="7F64DD2B1F014A4ABDF7AEF1E3651E64"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1260" w:type="dxa"/>
                 </w:tcPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                       <w:lang w:bidi="fa-IR"/>
                     </w:rPr>
                     <w:id w:val="102776711"/>
                     <w:lock w:val="contentLocked"/>
                     <w:placeholder>
-                      <w:docPart w:val="2F3E0C283E9F4C07A3277D99ED47E644"/>
+                      <w:docPart w:val="F2516D7FDF9C45478D4F57D669F886D5"/>
                     </w:placeholder>
                     <w:group/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rFonts w:hint="cs"/>
                       <w:lang w:bidi="ar-SA"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
-                    <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                    <w:p w14:paraId="6671B44A" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                       <w:pPr>
                         <w:bidi/>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:rPr>
                             <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:rtl/>
                             <w:lang w:bidi="fa-IR"/>
                           </w:rPr>
                           <w:id w:val="102776712"/>
                           <w:placeholder>
-                            <w:docPart w:val="64F22AEEF3204DEB8B45EE0F3D043AA0"/>
+                            <w:docPart w:val="B0D9006BD13649E095E4B00C1D62350F"/>
                           </w:placeholder>
                           <w:comboBox>
                             <w:listItem w:displayText="-" w:value="-"/>
                             <w:listItem w:displayText="100" w:value="100"/>
                             <w:listItem w:displayText="90" w:value="90"/>
                             <w:listItem w:displayText="80" w:value="80"/>
                             <w:listItem w:displayText="70" w:value="70"/>
                             <w:listItem w:displayText="60" w:value="60"/>
                             <w:listItem w:displayText="50" w:value="50"/>
                             <w:listItem w:displayText="40" w:value="40"/>
                             <w:listItem w:displayText="30" w:value="30"/>
                             <w:listItem w:displayText="20" w:value="20"/>
                             <w:listItem w:displayText="10" w:value="10"/>
                           </w:comboBox>
                         </w:sdtPr>
                         <w:sdtEndPr/>
                         <w:sdtContent>
-                          <w:r w:rsidR="00F702E8">
+                          <w:r w:rsidR="007B724B">
                             <w:rPr>
                               <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                               <w:lang w:bidi="fa-IR"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:sdtContent>
                 </w:sdt>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="331E5F4A" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776713"/>
                       <w:placeholder>
-                        <w:docPart w:val="9890665E15C44F8F96AD5D6575680312"/>
+                        <w:docPart w:val="31DAAD4B87DD4C8DB097EDE91C98B99E"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidTr="00D72D31">
+            <w:tr w:rsidR="007B724B" w:rsidRPr="00D72D31" w14:paraId="4CD84940" w14:textId="77777777" w:rsidTr="00D72D31">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1564" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="6D00F9B5" w14:textId="2503C175" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                       <w:lang w:bidi="fa-IR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776714"/>
                       <w:placeholder>
-                        <w:docPart w:val="ACFF75C2CECD44C7ADAF7F9F071D53D2"/>
+                        <w:docPart w:val="FCB74309B22A4174AF17E60F35939231"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="استاد راهنماي دوم" w:value="استاد راهنماي دوم"/>
                         <w:listItem w:displayText="استاد مشاور اول" w:value="استاد مشاور اول"/>
                         <w:listItem w:displayText="استاد مشاور دوم" w:value="استاد مشاور دوم"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
-                        <w:t>استاد مشاور اول</w:t>
+                        <w:t>استاد مشاور دوم</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1946" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="597897CD" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776715"/>
                       <w:placeholder>
-                        <w:docPart w:val="AF1974A294E644A696178D33AE4AC53F"/>
+                        <w:docPart w:val="9874B3FAFAAF4038A9358E3DC0C5D69A"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1246" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="026487D7" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776716"/>
                       <w:placeholder>
-                        <w:docPart w:val="F1405688B0DE4C179B2C79E27AC22100"/>
+                        <w:docPart w:val="C339A873A9C0476ABECB102A18AA114B"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1066" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="65BBF9F3" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776717"/>
                       <w:lock w:val="sdtLocked"/>
                       <w:placeholder>
-                        <w:docPart w:val="D67BBB0CA584443DB08DBE9E07E721D6"/>
+                        <w:docPart w:val="E9D23CA8F34D44D3A2DD7BD47182CF7D"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="مربی" w:value="مربی"/>
                         <w:listItem w:displayText="استادیار" w:value="استادیار"/>
                         <w:listItem w:displayText="دانشیار" w:value="دانشیار"/>
                         <w:listItem w:displayText="استاد" w:value="استاد"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>استادیار</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1347" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="7770DDFB" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776718"/>
                       <w:placeholder>
-                        <w:docPart w:val="3D3EEF21D99D43D4A59439ED087A3AD4"/>
+                        <w:docPart w:val="9828C9BFF5CA47FDB0259C78CF8532C9"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1260" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="00D72D31">
+                <w:p w14:paraId="4000DCF2" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="00D72D31">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:bidi="fa-IR"/>
                       </w:rPr>
                       <w:id w:val="102776719"/>
                       <w:placeholder>
-                        <w:docPart w:val="0B27A97D87234D5D9BD1512669882390"/>
+                        <w:docPart w:val="06D83563534E43DFBA7B52753436852F"/>
                       </w:placeholder>
                       <w:comboBox>
                         <w:listItem w:displayText="-" w:value="-"/>
                         <w:listItem w:displayText="100" w:value="100"/>
                         <w:listItem w:displayText="90" w:value="90"/>
                         <w:listItem w:displayText="80" w:value="80"/>
                         <w:listItem w:displayText="70" w:value="70"/>
                         <w:listItem w:displayText="60" w:value="60"/>
                         <w:listItem w:displayText="50" w:value="50"/>
                         <w:listItem w:displayText="40" w:value="40"/>
                         <w:listItem w:displayText="30" w:value="30"/>
                         <w:listItem w:displayText="20" w:value="20"/>
                         <w:listItem w:displayText="10" w:value="10"/>
                       </w:comboBox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1785" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00F702E8" w:rsidRPr="00D72D31" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+                <w:p w14:paraId="7C290601" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00D72D31" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
                   <w:pPr>
                     <w:bidi/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:rtl/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                         <w:rFonts w:hint="cs"/>
                         <w:rtl/>
                       </w:rPr>
                       <w:id w:val="102776720"/>
                       <w:placeholder>
-                        <w:docPart w:val="56E38A7EA5F44F87B85A943D363C6709"/>
+                        <w:docPart w:val="1249384F4FB4489E88B7F3B1DA51D6E6"/>
                       </w:placeholder>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Forms"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F702E8">
+                      <w:r w:rsidR="007B724B">
                         <w:rPr>
                           <w:rStyle w:val="Forms"/>
                           <w:rFonts w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00EA32DE">
+          <w:p w14:paraId="207F03E1" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00EA32DE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D72D31">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> * تذکر: مجموع درصد مشارکت </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>استادان</w:t>
             </w:r>
             <w:r w:rsidRPr="00D72D31">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> راهنما برابر با 100% و مجموع درصد اساتيد مشاور نيز برابر با 100% است.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="70B8A75B" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="65F7DBD0" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>اطلاعات پايان</w:t>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>نامه:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="250BBCDC" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="76F9445E" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>عنوان فارسي:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="0031202D" w:rsidP="005607C5">
+          <w:p w14:paraId="53C0C328" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00FB1E21" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947970"/>
                 <w:placeholder>
                   <w:docPart w:val="4DE7B5BC1A3A458789E9FF2BEE541A90"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F702E8">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>عنوان تايپ شود</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="015F44F5" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="4E5909E8" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>عنوان انگليسي:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="00C344B2">
+          <w:p w14:paraId="48DDD5C8" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="00C344B2">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947972"/>
                 <w:placeholder>
                   <w:docPart w:val="5AA5AEFF31604F83B053AEDF2D20E761"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F702E8">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                   </w:rPr>
                   <w:t>Type the</w:t>
                 </w:r>
                 <w:r w:rsidR="00F702E8" w:rsidRPr="00C344B2">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> title here</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="23667FCB" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="3EE522AD" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">کليد واژگان فارسي: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="0031202D" w:rsidP="0002203E">
+          <w:p w14:paraId="77701F1C" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00FB1E21" w:rsidP="0002203E">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Forms"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947975"/>
                 <w:placeholder>
                   <w:docPart w:val="2A977C05CF754B3982F30C40FC380DFD"/>
                 </w:placeholder>
@@ -3096,114 +3474,114 @@
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F702E8">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>کليد واژه</w:t>
                 </w:r>
                 <w:r w:rsidR="00F702E8">
                   <w:rPr>
                     <w:rStyle w:val="Forms"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:softHyphen/>
                   <w:t>ها تايپ شود</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="77FCE670" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="2E4143B9" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>کليدواژگان انگليسي:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="00C344B2">
+          <w:p w14:paraId="18CFD3CC" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="00C344B2">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style1"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947976"/>
                 <w:placeholder>
                   <w:docPart w:val="2834D060FA06485FB9DFA6459B17C59B"/>
                 </w:placeholder>
@@ -3214,1368 +3592,1350 @@
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F702E8" w:rsidRPr="00C344B2">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Keyword 1, Keyword 2, keyword </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F702E8" w:rsidRPr="0002203E">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="402359E7" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="3C2152C5" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>جنبه تحقيق:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="00217734">
+          <w:p w14:paraId="6571219C" w14:textId="2DE8A10B" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="00217734">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00217734">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">نظري </w:t>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:object w:dxaOrig="225" w:dyaOrig="225">
+              <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="10C909C5">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:13.5pt;height:10.5pt" o:ole="">
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:13.8pt;height:10.2pt" o:ole="">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
                 <w:control r:id="rId14" w:name="OptionButton1" w:shapeid="_x0000_i1033"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نظري- عملي</w:t>
             </w:r>
             <w:r w:rsidRPr="00217734">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:object w:dxaOrig="225" w:dyaOrig="225">
-                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:13.5pt;height:10.5pt" o:ole="">
+              <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="0B8895F3">
+                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:13.8pt;height:10.2pt" o:ole="">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
                 <w:control r:id="rId16" w:name="OptionButton11" w:shapeid="_x0000_i1035"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>عملي</w:t>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:object w:dxaOrig="225" w:dyaOrig="225">
-[...1 lines deleted...]
-                  <v:imagedata r:id="rId17" o:title=""/>
+              <w:object w:dxaOrig="225" w:dyaOrig="225" w14:anchorId="11ED346B">
+                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:13.8pt;height:10.2pt" o:ole="">
+                  <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId18" w:name="OptionButton12" w:shapeid="_x0000_i1037"/>
+                <w:control r:id="rId17" w:name="OptionButton12" w:shapeid="_x0000_i1037"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="005607C5">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="6908763A" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="273CD2E7" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>تعداد واحد پايان</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>نامه:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00217734" w:rsidRDefault="0031202D" w:rsidP="00217734">
+          <w:p w14:paraId="6373B58B" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00217734" w:rsidRDefault="00FB1E21" w:rsidP="00217734">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                   <w:lang w:bidi="fa-IR"/>
                 </w:rPr>
                 <w:id w:val="12890724"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E0A49C1082DC4F0FAFA757434BC84B7C"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="6 واحد" w:value="6 واحد"/>
                   <w:listItem w:displayText="5 واحد" w:value="5 واحد"/>
                   <w:listItem w:displayText="4 واحد" w:value="4 واحد"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F702E8">
+                <w:r w:rsidR="00AB0F21">
                   <w:rPr>
                     <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:rtl/>
                     <w:lang w:bidi="fa-IR"/>
                   </w:rPr>
                   <w:t>6 واحد</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w:rsidTr="005607C5">
+      <w:tr w:rsidR="00F702E8" w:rsidRPr="007740FD" w14:paraId="75A16AEE" w14:textId="77777777" w:rsidTr="005607C5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
+          <w:p w14:paraId="04AC7C05" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="00F702E8" w:rsidP="005607C5">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">مدت اجرا </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8738" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="005607C5" w:rsidRDefault="0031202D" w:rsidP="005607C5">
+          <w:p w14:paraId="681E8356" w14:textId="2D7BEE85" w:rsidR="00C134CC" w:rsidRPr="0068360D" w:rsidRDefault="00FB1E21" w:rsidP="0068360D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:rtl/>
                   <w:lang w:bidi="fa-IR"/>
                 </w:rPr>
                 <w:id w:val="12890722"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="0DE20B78569C45999C1BF4515C767404"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="4 ماه" w:value="4 ماه"/>
                   <w:listItem w:displayText="5 ماه" w:value="5 ماه"/>
                   <w:listItem w:displayText="6 ماه" w:value="6 ماه"/>
                   <w:listItem w:displayText="7 ماه" w:value="7 ماه"/>
                   <w:listItem w:displayText="8 ماه" w:value="8 ماه"/>
                   <w:listItem w:displayText="9 ماه" w:value="9 ماه"/>
                   <w:listItem w:displayText="10 ماه" w:value="10 ماه"/>
                   <w:listItem w:displayText="11 ماه" w:value="11 ماه"/>
                   <w:listItem w:displayText="12 ماه" w:value="12 ماه"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F702E8">
+                <w:r w:rsidR="00AB0F21">
                   <w:rPr>
                     <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:rtl/>
                     <w:lang w:bidi="fa-IR"/>
                   </w:rPr>
                   <w:t>6 ماه</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="00F702E8">
+      <w:tr w:rsidR="00C134CC" w:rsidRPr="00E16FBF" w14:paraId="7DDE3F1C" w14:textId="77777777" w:rsidTr="007B724B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1152"/>
+          <w:trHeight w:hRule="exact" w:val="858"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2691" w:type="dxa"/>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C9033DB" w14:textId="77777777" w:rsidR="00C134CC" w:rsidRPr="00BE710B" w:rsidRDefault="00C134CC" w:rsidP="0068360D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE710B">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امضاي دانشجو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5580" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00BE710B" w:rsidRDefault="00F702E8" w:rsidP="00BE710B">
+          <w:p w14:paraId="6AE56846" w14:textId="768A475A" w:rsidR="00C134CC" w:rsidRDefault="00C134CC" w:rsidP="0068360D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...75 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...96 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidRPr="00BE710B">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امضاي استاد راهنماي اول</w:t>
+            </w:r>
+            <w:r w:rsidR="0068360D">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (به نمایندگی از طرف هیات راهنمایی پایان‏نامه)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="00BE710B">
+      <w:tr w:rsidR="0068360D" w:rsidRPr="00E16FBF" w14:paraId="66B1D6A8" w14:textId="77777777" w:rsidTr="007B724B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="432"/>
+          <w:trHeight w:hRule="exact" w:val="174"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00BE710B" w:rsidRDefault="00F702E8" w:rsidP="00EA32DE">
+          <w:p w14:paraId="522814C6" w14:textId="3A5B0288" w:rsidR="0068360D" w:rsidRPr="00BE710B" w:rsidRDefault="0068360D" w:rsidP="0068360D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:before="120" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE710B">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="00F702E8">
+      <w:tr w:rsidR="0068360D" w:rsidRPr="00E16FBF" w14:paraId="3BFD82DF" w14:textId="77777777" w:rsidTr="007B724B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="1152"/>
+          <w:trHeight w:hRule="exact" w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2691" w:type="dxa"/>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A07E813" w14:textId="1062BD37" w:rsidR="0068360D" w:rsidRPr="006A0D63" w:rsidRDefault="0068360D" w:rsidP="0068360D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE710B">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">امضاي </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE710B">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">داور </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اول</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5580" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="00BE710B" w:rsidRDefault="00D42E13" w:rsidP="006A0D63">
-[...152 lines deleted...]
-          <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="006A0D63">
+          <w:p w14:paraId="1A369BA3" w14:textId="2AC99FB5" w:rsidR="0068360D" w:rsidRPr="006A0D63" w:rsidRDefault="0068360D" w:rsidP="0068360D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A0D63">
+            <w:r w:rsidRPr="00BE710B">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>طرح تحقيق پيشنهادي در تاريخ</w:t>
+              <w:t xml:space="preserve">امضاي </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE710B">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">داور </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...56 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دوم</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="00E16FBF" w:rsidTr="006A0D63">
+      <w:tr w:rsidR="0068360D" w:rsidRPr="00E16FBF" w14:paraId="684C96BF" w14:textId="77777777" w:rsidTr="007B724B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="144"/>
+          <w:trHeight w:hRule="exact" w:val="156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="002E37AA">
+          <w:p w14:paraId="70181E3A" w14:textId="77777777" w:rsidR="0068360D" w:rsidRDefault="0068360D" w:rsidP="0068360D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="006A0D63" w:rsidTr="00751A71">
+      <w:tr w:rsidR="0068360D" w:rsidRPr="006A0D63" w14:paraId="1576AE8D" w14:textId="77777777" w:rsidTr="007B724B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="720"/>
+          <w:trHeight w:hRule="exact" w:val="1002"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00722A1C">
+          <w:p w14:paraId="776FBA2D" w14:textId="77777777" w:rsidR="007B724B" w:rsidRDefault="007B724B" w:rsidP="007B724B">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006A0D63">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">طرح تحقيق پيشنهادي </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>طرح تحقيق در جلسه مورخ ............................................. شوراي تحصيلات تکميلي دانشکده به تصويب رسيد.</w:t>
+              <w:t>در جلسه مورخ............................. به شماره                           در کميته تحصيلات تکميلي گروه .............................. به تصويب رسيد.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A0D63">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="006A0D63" w:rsidRDefault="00F702E8" w:rsidP="00C40CB1">
+          <w:p w14:paraId="7CF31B99" w14:textId="2B0D873A" w:rsidR="0068360D" w:rsidRPr="006A0D63" w:rsidRDefault="007B724B" w:rsidP="007B724B">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>امضا رئيس دانشکده</w:t>
+              <w:t xml:space="preserve">امضا مدير گروه </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F702E8" w:rsidRPr="006A0D63" w:rsidTr="00751A71">
+      <w:tr w:rsidR="007B724B" w:rsidRPr="0068360D" w14:paraId="58903F80" w14:textId="77777777" w:rsidTr="007B724B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5822BDB8" w14:textId="38437F24" w:rsidR="007B724B" w:rsidRPr="007B724B" w:rsidRDefault="007B724B" w:rsidP="003436B6">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8738" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47D52F9C" w14:textId="7C76C872" w:rsidR="007B724B" w:rsidRPr="007B724B" w:rsidRDefault="007B724B" w:rsidP="003436B6">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B724B" w14:paraId="6BC7813D" w14:textId="77777777" w:rsidTr="009F3C1B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="912"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10440" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CD19706" w14:textId="20417356" w:rsidR="007B724B" w:rsidRDefault="007B724B" w:rsidP="007B724B">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">طرح تحقيق پیشنهادی در جلسه مورخ ............................ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> به شماره                         </w:t>
+            </w:r>
+            <w:r w:rsidR="00B81EB7">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">در </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شوراي تحصيلات تکميلي دانشکده به تصويب رسيد.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA8C62D" w14:textId="29E4C71F" w:rsidR="007B724B" w:rsidRDefault="007B724B" w:rsidP="007B724B">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امضا رئیس دانشکده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B724B" w:rsidRPr="00BE710B" w14:paraId="63370BC7" w14:textId="77777777" w:rsidTr="007B724B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="201"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10440" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FB5F9A5" w14:textId="77777777" w:rsidR="007B724B" w:rsidRPr="00BE710B" w:rsidRDefault="007B724B" w:rsidP="003436B6">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:before="120" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068360D" w:rsidRPr="006A0D63" w14:paraId="48267456" w14:textId="77777777" w:rsidTr="007B724B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F702E8" w:rsidRPr="006A0D63" w:rsidRDefault="00F702E8" w:rsidP="00722A1C">
+          <w:p w14:paraId="05131558" w14:textId="77777777" w:rsidR="0068360D" w:rsidRPr="006A0D63" w:rsidRDefault="0068360D" w:rsidP="0068360D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006A0D63" w:rsidRDefault="006A0D63" w:rsidP="006A0D63">
+    <w:p w14:paraId="0649D6E5" w14:textId="77777777" w:rsidR="006A0D63" w:rsidRDefault="006A0D63" w:rsidP="006A0D63">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:sectPr w:rsidR="006A0D63" w:rsidSect="00751A71">
-          <w:footerReference w:type="default" r:id="rId19"/>
+        <w:sectPr w:rsidR="006A0D63" w:rsidSect="009F3C1B">
+          <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="1138" w:bottom="720" w:left="1138" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
+          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="1345863C" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00CB3D14" w:rsidRDefault="00CB3D14" w:rsidP="00722A1C">
+          <w:p w14:paraId="59C5C5E3" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00CB3D14" w:rsidRDefault="00CB3D14" w:rsidP="00722A1C">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB3D14">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>طرح تحقيق</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="1BE219A9" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
+          <w:p w14:paraId="6D3B6D6E" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:ind w:left="26" w:hanging="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>شرح مساله (اهداف، سابقه و ضرورت تحقيق):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w14:paraId="18D0DE2A" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="009021FE">
+          <w:p w14:paraId="4BFF363F" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="009021FE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947980"/>
                 <w:placeholder>
                   <w:docPart w:val="B4517AD5935D49C0959899E6DC5ECB74"/>
                 </w:placeholder>
@@ -4605,65 +4965,65 @@
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t xml:space="preserve"> با اندازه 10 و براي کلمات انگليسي </w:t>
                 </w:r>
                 <w:r w:rsidR="0002203E" w:rsidRPr="009021FE">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                   </w:rPr>
                   <w:t>BookAntiquae</w:t>
                 </w:r>
                 <w:r w:rsidR="0002203E" w:rsidRPr="009021FE">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t xml:space="preserve"> با اندازه 10 است). </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="15AA4655" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00CB3D14" w:rsidP="00A814BE">
+          <w:p w14:paraId="1FE7AB7B" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00CB3D14" w:rsidP="00A814BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:ind w:left="26" w:hanging="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
@@ -4680,65 +5040,65 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>فرضيه</w:t>
             </w:r>
             <w:r w:rsidR="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>ها:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w14:paraId="2E2E8586" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="00923678">
+          <w:p w14:paraId="4058EAA5" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="00923678">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947985"/>
                 <w:placeholder>
                   <w:docPart w:val="D809575BE5F24095939472C054ADFAAB"/>
                 </w:placeholder>
@@ -4775,188 +5135,188 @@
                   <w:t>فرضيه</w:t>
                 </w:r>
                 <w:r w:rsidR="0002203E" w:rsidRPr="00923678">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:softHyphen/>
                   <w:t>ها تايپ شود (دقت شود که فرضيه يک گزاره علمي است که مي</w:t>
                 </w:r>
                 <w:r w:rsidR="0002203E" w:rsidRPr="00923678">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:softHyphen/>
                   <w:t>تواند پس از انجام تحقيق صحت آن تأييد يا رد شود. ميان فرضيه و فرض (مفروضات) تفاوت زيادي وجود دارد.)</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="2B850CA2" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
+          <w:p w14:paraId="49C52764" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:ind w:left="26" w:hanging="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>کاربردهاي تحقيق و استفاده کنندگان از نتايج پايان</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>نامه:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w14:paraId="51497FE8" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="009021FE">
+          <w:p w14:paraId="2A426C82" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="009021FE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947991"/>
                 <w:placeholder>
                   <w:docPart w:val="CD4CB474FBDF48F0AE1C4849CED98F2D"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002203E" w:rsidRPr="009021FE">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t xml:space="preserve">در اين کادر ليستي از کاربردهاي تحقيق و مؤسسات و سازمانهاي استفاده کننده از نتايج کاربردي تحقيق را ذکر کنيد. </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="64634742" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00EA32DE" w:rsidP="00A814BE">
+          <w:p w14:paraId="0BBCC877" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00EA32DE" w:rsidP="00A814BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:ind w:left="26" w:hanging="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
@@ -4984,285 +5344,285 @@
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w14:paraId="6B80ED13" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="009021FE">
+          <w:p w14:paraId="4FB19A7F" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="009021FE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947995"/>
                 <w:placeholder>
                   <w:docPart w:val="AE09A77BC01D47A48B28C0438A8A7353"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002203E" w:rsidRPr="009021FE">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>روش انجام تحقيق را با ذکر جزئيات تشريح و تايپ کنيد.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="32251F9C" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
+          <w:p w14:paraId="4C13E42B" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:ind w:left="26" w:hanging="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>جنبه نوآوري تحقيق:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w14:paraId="40CB324E" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="0031202D" w:rsidP="009021FE">
+          <w:p w14:paraId="553A8348" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="0002203E" w:rsidRDefault="00FB1E21" w:rsidP="009021FE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17947998"/>
                 <w:placeholder>
                   <w:docPart w:val="0E3807EB0CC240F18EB05348C12C7451"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="0002203E" w:rsidRPr="009021FE">
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t xml:space="preserve">جنبه جديد بودن و نوآوري طرح را به طور شفاف ذکر فرماييد. </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="00E61B3B" w14:paraId="474D26C6" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
+          <w:p w14:paraId="4E55A94F" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00E61B3B" w:rsidRDefault="00751A71" w:rsidP="00A814BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:ind w:left="26" w:hanging="26"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>مراجع:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA32DE" w:rsidRPr="001C68AA" w:rsidTr="00EA32DE">
+      <w:tr w:rsidR="00EA32DE" w:rsidRPr="001C68AA" w14:paraId="22D08602" w14:textId="77777777" w:rsidTr="00EA32DE">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA32DE" w:rsidRDefault="0031202D" w:rsidP="00EA32DE">
+          <w:p w14:paraId="75D5430F" w14:textId="77777777" w:rsidR="00EA32DE" w:rsidRDefault="00FB1E21" w:rsidP="00EA32DE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="102776742"/>
                 <w:placeholder>
                   <w:docPart w:val="BC021806C54B4CAB9BF6FE566016D46D"/>
                 </w:placeholder>
@@ -5319,95 +5679,95 @@
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>شود. (مراجع فارسي را به صورت راست چين وارد کنيد)</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Farsi-Form"/>
                 <w:rFonts w:hint="cs"/>
               </w:rPr>
               <w:id w:val="102776743"/>
               <w:placeholder>
                 <w:docPart w:val="6E7BD2BAD2F942678BD7E7316871F96B"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Farsi-Form"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00EA32DE" w:rsidRPr="007B474A" w:rsidRDefault="00EA32DE" w:rsidP="00EA32DE">
+              <w:p w14:paraId="117A7B15" w14:textId="77777777" w:rsidR="00EA32DE" w:rsidRPr="007B474A" w:rsidRDefault="00EA32DE" w:rsidP="00EA32DE">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                   </w:rPr>
                   <w:t xml:space="preserve">English </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t xml:space="preserve"> مراجع انگليسي را به صورت چپ چين وارد کنيد.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w:rsidTr="00722A1C">
+      <w:tr w:rsidR="00751A71" w:rsidRPr="001C68AA" w14:paraId="047D3674" w14:textId="77777777" w:rsidTr="00722A1C">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00EA32DE" w:rsidRDefault="0031202D" w:rsidP="00EA32DE">
+          <w:p w14:paraId="34B1C91A" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00EA32DE" w:rsidRDefault="00FB1E21" w:rsidP="00EA32DE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Farsi-Form"/>
                   <w:rFonts w:cs="B Titr" w:hint="cs"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:rtl/>
                 </w:rPr>
                 <w:id w:val="17948002"/>
                 <w:placeholder>
@@ -5481,403 +5841,384 @@
                     <w:rtl/>
                   </w:rPr>
                   <w:softHyphen/>
                   <w:t xml:space="preserve">نامه را تحت راهنمايي استادان راهنما و مشاور با رعايت زمان مجاز به انجام برسانم. </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Farsi-Form"/>
                 <w:rFonts w:hint="cs"/>
               </w:rPr>
               <w:id w:val="15839609"/>
               <w:placeholder>
                 <w:docPart w:val="B405A175E8634D45B65131C016EE2EBF"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Farsi-Form"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="007B474A" w:rsidRPr="007B474A" w:rsidRDefault="00EA32DE" w:rsidP="00EA32DE">
+              <w:p w14:paraId="237CC423" w14:textId="77777777" w:rsidR="007B474A" w:rsidRPr="007B474A" w:rsidRDefault="00EA32DE" w:rsidP="00EA32DE">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:rtl/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Farsi-Form"/>
                     <w:rFonts w:hint="cs"/>
                     <w:rtl/>
                   </w:rPr>
                   <w:t>نام و امضاي دانشجو</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00751A71" w:rsidRPr="007811E1" w:rsidRDefault="00751A71" w:rsidP="00751A71">
+    <w:p w14:paraId="529EBB68" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="007811E1" w:rsidRDefault="00751A71" w:rsidP="00751A71">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00751A71" w:rsidTr="00CB3D14">
+      <w:tr w:rsidR="00751A71" w14:paraId="7A58910F" w14:textId="77777777" w:rsidTr="00CB3D14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00751A71" w:rsidRPr="007811E1" w:rsidRDefault="00751A71" w:rsidP="00EA32DE">
+          <w:p w14:paraId="2E88789F" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="007811E1" w:rsidRDefault="00751A71" w:rsidP="00EA32DE">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007811E1">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تذکرات ضروري:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00676A6E" w:rsidRDefault="00676A6E" w:rsidP="005D0474">
+          <w:p w14:paraId="44883E8F" w14:textId="77777777" w:rsidR="00676A6E" w:rsidRDefault="00676A6E" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>براي دانشجويان ورودي 1396 و پس از آن، ارائه گواهي شرکت در کارگاه «آشنايي با پايگاه</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>هاي اطلاعاتي و کتابخانه مرکزي» براي تصويب طرح تحقيق الزامي است.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C83A42" w:rsidRPr="000A4A67" w:rsidRDefault="000A4A67" w:rsidP="00676A6E">
+          <w:p w14:paraId="39D4C2C6" w14:textId="5125C1BE" w:rsidR="00C83A42" w:rsidRPr="000A4A67" w:rsidRDefault="000A4A67" w:rsidP="00FB1E21">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">براي تصويب نهايي طرح تحقيق، لازم است تا </w:t>
             </w:r>
             <w:r w:rsidRPr="00C87FFC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>کاربرگ شماره 3</w:t>
             </w:r>
             <w:r w:rsidR="00C87FFC">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> نيز پيوست شود. همچنين لازم است تا دانشجو، اطلاعات مربوط به خود را در </w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> (نظرات اصلاحي کميته تحصيلات تکميلي دانشکده در مورد طرح تحقيق) وارد نموده و پرينت آن را به همراه کاربرگ شماره 2 و 3 به مدير گروه تحويل نمايد.</w:t>
+              <w:t xml:space="preserve"> نيز پيوست شود. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
+          <w:p w14:paraId="32410311" w14:textId="77777777" w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA53E3">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">با پيشنهاد استاد راهنماي اول و تأييد کمیته تحصیلات تکمیلی گروه آموزشی، </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">دانشجو </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA53E3">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مي</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA53E3">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00FA53E3">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تواند استاد راهنماي دوم</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> يا استاد مشاور</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA53E3">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> از ميان اعضاي هيأت علمي دا</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>خل يا خارج از دانشگاه انتخاب نمايد</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA53E3">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="00BD0734">
+          <w:p w14:paraId="031F748D" w14:textId="77777777" w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="00BD0734">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>هر پایان نامه مي</w:t>
             </w:r>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">تواند حداکثر </w:t>
             </w:r>
             <w:r w:rsidR="00BD0734">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> استاد راهنما داشته باشد</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="F_nazanin" w:hAnsi="F_nazanin" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rFonts w:ascii="F_Nazanin" w:hAnsi="F_Nazanin" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> و </w:t>
             </w:r>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>تعداد اساتيد راهنما و مشاور با هر ترکيبي نمي</w:t>
             </w:r>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
@@ -5891,51 +6232,51 @@
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">تواند بيشتر از </w:t>
             </w:r>
             <w:r w:rsidR="00BD0734">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000C3018">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> نفر باشد.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
+          <w:p w14:paraId="68C702BD" w14:textId="77777777" w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028022F">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">انتخاب يا حذف استاد </w:t>
@@ -5973,432 +6314,391 @@
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> ماه پس از تصويب طرح تحقيق و با پيشنهاد استاد راهنما، تأييد گروه آموزشي و تصويب شوراي تحصيلات تکميلي دانشکده امکان</w:t>
             </w:r>
             <w:r w:rsidRPr="0028022F">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="0028022F">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>پذير است.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
+          <w:p w14:paraId="45127CC5" w14:textId="77777777" w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C56E2">
+            <w:r w:rsidRPr="003E02A1">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>طرح تحقيق بايد حداکثر تا يک ماه پس از نيمسال سوم تحصيلي دانشجو، در شوراي تحصيلات تکميلي دانشکده مصوب شود.</w:t>
+              <w:t>بين زمان تصويب طرح تحقيق و زمان دفاع از پايان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E02A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:softHyphen/>
+            </w:r>
+            <w:r w:rsidRPr="003E02A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نامه کارشناسي ارشد، حداقل بايد چهار ماه فاصله باشد.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
+          <w:p w14:paraId="71496290" w14:textId="77777777" w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E02A1">
+            <w:r w:rsidRPr="0028022F">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>بين زمان تصويب طرح تحقيق و زمان دفاع از پايان</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E02A1">
+              <w:t>تنها تا سه ماه پس از تصويب طرح تحقيق، مي</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028022F">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="003E02A1">
+            <w:r w:rsidRPr="0028022F">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>نامه کارشناسي ارشد، حداقل بايد چهار ماه فاصله باشد.</w:t>
+              <w:t>توان عنوان پايان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028022F">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:softHyphen/>
+            </w:r>
+            <w:r w:rsidRPr="0028022F">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نامه را با تأييد گروه آموزشي و تصويب شوراي تحصيلات تکميلي دانشکده تغيير داد.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRDefault="00751A71" w:rsidP="005D0474">
+          <w:p w14:paraId="275715B7" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00A87BF0" w:rsidRDefault="00751A71" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0028022F">
+            <w:r w:rsidRPr="00A87BF0">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>تنها تا سه ماه پس از تصويب طرح تحقيق، مي</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0028022F">
+              <w:t xml:space="preserve">پس از تصويب طرح تحقيق، ثبت آن در پايگاه </w:t>
+            </w:r>
+            <w:r w:rsidR="00A87BF0" w:rsidRPr="00A87BF0">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
                 <w:szCs w:val="24"/>
-                <w:rtl/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0028022F">
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>sabt.irandoc.ac.ir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87BF0">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>توان عنوان پايان</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0028022F">
+              <w:t xml:space="preserve"> و اطلاع رساني به </w:t>
+            </w:r>
+            <w:r w:rsidR="00A87BF0" w:rsidRPr="00A87BF0">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>نامه را با تأييد گروه آموزشي و تصويب شوراي تحصيلات تکميلي دانشکده تغيير داد.</w:t>
+              <w:t>کارشناس پژوهشي دانشکده</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> الزامي است.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00A87BF0" w:rsidRDefault="00751A71" w:rsidP="005D0474">
+          <w:p w14:paraId="52E8DA6E" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00751A71" w:rsidRDefault="00751A71" w:rsidP="0031202D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A87BF0">
+            <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">پس از تصويب طرح تحقيق، ثبت آن در پايگاه </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
+              <w:t xml:space="preserve">دانشجو موظف است </w:t>
+            </w:r>
+            <w:r w:rsidR="0031202D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:bidi="fa-IR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A87BF0">
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>در صورت نياز به تمديد سنوات،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> و اطلاع رساني به </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A87BF0" w:rsidRPr="00A87BF0">
+              <w:t xml:space="preserve"> گزارشي از پيشرفت انجام تحقيق خود را مطابق با </w:t>
+            </w:r>
+            <w:r w:rsidR="0002203E">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>کارشناس پژوهشي دانشکده</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A87BF0">
+              <w:t>کاربرگ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> الزامي است.</w:t>
+              <w:t xml:space="preserve"> شماره </w:t>
+            </w:r>
+            <w:r w:rsidR="0002203E">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> به تأييد استاد راهنماي اول</w:t>
+            </w:r>
+            <w:r w:rsidR="0031202D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> مدير گرو</w:t>
+            </w:r>
+            <w:r w:rsidR="0031202D">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ه دانشکده برساند و سپس کاربرگ مربوط به تمديد سنوات را تکميل و مراحل آن را پيگيري نمايد.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00751A71" w:rsidRPr="00751A71" w:rsidRDefault="00751A71" w:rsidP="0031202D">
+          <w:p w14:paraId="4A109CB4" w14:textId="77777777" w:rsidR="00751A71" w:rsidRPr="00DF4DD9" w:rsidRDefault="00751A71" w:rsidP="005D0474">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">دانشجو موظف است </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0031202D">
+              <w:t>براي تشخيص ميزان تطابق طرح تحقيق با محتواي نهايي پايان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:softHyphen/>
+            </w:r>
+            <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>در صورت نياز به تمديد سنوات،</w:t>
-[...141 lines deleted...]
-              <w:t>تهاي</w:t>
+              <w:t>نامه توسط هيأت داوران، لازم است تا طرح تحقيق مصوب به صورت يک پيوست در انتهاي</w:t>
             </w:r>
             <w:r w:rsidR="0002203E">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> نسخه</w:t>
             </w:r>
             <w:r w:rsidR="0002203E">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>اي از</w:t>
             </w:r>
             <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
@@ -6442,252 +6742,252 @@
             <w:r w:rsidR="0002203E">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>گيرد،</w:t>
             </w:r>
             <w:r w:rsidRPr="00751A71">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> آورده شود. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001B03A1" w:rsidRPr="00620900" w:rsidRDefault="001B03A1" w:rsidP="00EA32DE">
+    <w:p w14:paraId="32C1ED54" w14:textId="77777777" w:rsidR="001B03A1" w:rsidRPr="00620900" w:rsidRDefault="001B03A1" w:rsidP="00EA32DE">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001B03A1" w:rsidRPr="00620900" w:rsidSect="00DC1608">
-      <w:footerReference w:type="default" r:id="rId20"/>
+    <w:sectPr w:rsidR="001B03A1" w:rsidRPr="00620900" w:rsidSect="009F3C1B">
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1138" w:bottom="1440" w:left="1138" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+    <w:p w14:paraId="3C1063C7" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+    <w:p w14:paraId="6F3733B3" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
-    <w:panose1 w:val="02020505000000020003"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="F_nazanin">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="F_Nazanin">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="1"/>
       <w:tblW w:w="5094" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1008"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="8465"/>
+      <w:gridCol w:w="987"/>
+      <w:gridCol w:w="879"/>
+      <w:gridCol w:w="8285"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00F702E8" w:rsidTr="00DC1608">
+    <w:tr w:rsidR="00F702E8" w14:paraId="05C1F1F1" w14:textId="77777777" w:rsidTr="00DC1608">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="276"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="486" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="016D4027" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="433" w:type="pct"/>
           <w:vMerge w:val="restart"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRPr="00DC1608" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="5742D276" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00DC1608" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Nazanin"/>
               <w:b/>
               <w:bCs/>
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DC1608">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Zar"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00DC1608">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Zar"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
           </w:r>
@@ -6721,191 +7021,261 @@
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Nazanin"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00DC1608">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Nazanin" w:hint="cs"/>
               <w:b/>
               <w:bCs/>
               <w:rtl/>
             </w:rPr>
             <w:t>صفحه</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4081" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRPr="00E61B3B" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="3990DED9" w14:textId="70DCEEFD" w:rsidR="00F702E8" w:rsidRPr="00E61B3B" w:rsidRDefault="009F3C1B" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Titr"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:rtl/>
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
           </w:pPr>
+          <w:r w:rsidRPr="00CB3D14">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:rtl/>
+              <w:lang w:bidi="fa-IR"/>
+            </w:rPr>
+            <w:t xml:space="preserve">امضاي دانشجو:                                         </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CB3D14">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>امضاي استاد راهنماي اول:</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CB3D14">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:rtl/>
+              <w:lang w:bidi="fa-IR"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:rtl/>
+              <w:lang w:bidi="fa-IR"/>
+            </w:rPr>
+            <w:t xml:space="preserve">                    </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CB3D14">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:rtl/>
+              <w:lang w:bidi="fa-IR"/>
+            </w:rPr>
+            <w:t xml:space="preserve">           </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00CB3D14">
+            <w:rPr>
+              <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00F702E8" w:rsidTr="00DC1608">
+    <w:tr w:rsidR="00F702E8" w14:paraId="760BE0BD" w14:textId="77777777" w:rsidTr="00DC1608">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="276"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="486" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="7C6B6C7C" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
               <w:tab w:val="clear" w:pos="9026"/>
               <w:tab w:val="left" w:pos="2989"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:tab/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="433" w:type="pct"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="402DCB41" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4081" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="37DB6058" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8">
+  <w:p w14:paraId="40B9AB85" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="1"/>
       <w:tblW w:w="5094" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1008"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="8465"/>
+      <w:gridCol w:w="987"/>
+      <w:gridCol w:w="879"/>
+      <w:gridCol w:w="8285"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00F702E8" w:rsidTr="00DC1608">
+    <w:tr w:rsidR="00F702E8" w14:paraId="27521224" w14:textId="77777777" w:rsidTr="00DC1608">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="276"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="486" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="4DA07BFB" w14:textId="3A3E558F" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="433" w:type="pct"/>
           <w:vMerge w:val="restart"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRPr="00DC1608" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="20C117F0" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRPr="00DC1608" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Nazanin"/>
               <w:b/>
               <w:bCs/>
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DC1608">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Zar"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00DC1608">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Zar"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
           </w:r>
@@ -6939,51 +7309,51 @@
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Nazanin"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00DC1608">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Nazanin" w:hint="cs"/>
               <w:b/>
               <w:bCs/>
               <w:rtl/>
             </w:rPr>
             <w:t>صفحه</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4081" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRPr="00CB3D14" w:rsidRDefault="00F702E8" w:rsidP="00CB3D14">
+        <w:p w14:paraId="2AC01E2B" w14:textId="426ECD4C" w:rsidR="00F702E8" w:rsidRPr="00CB3D14" w:rsidRDefault="009F3C1B" w:rsidP="00CB3D14">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="B Titr"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:rtl/>
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CB3D14">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:rtl/>
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
             <w:t xml:space="preserve">امضاي دانشجو:                                         </w:t>
           </w:r>
@@ -7021,185 +7391,163 @@
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
             <w:t xml:space="preserve">                    </w:t>
           </w:r>
           <w:r w:rsidRPr="00CB3D14">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:rtl/>
               <w:lang w:bidi="fa-IR"/>
             </w:rPr>
             <w:t xml:space="preserve">           </w:t>
           </w:r>
           <w:r w:rsidRPr="00CB3D14">
             <w:rPr>
               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Titr" w:hint="cs"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:rtl/>
             </w:rPr>
-            <w:t xml:space="preserve"> امضاي استاد راهنماي دوم</w:t>
-[...21 lines deleted...]
-            <w:t>:</w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00F702E8" w:rsidTr="00DC1608">
+    <w:tr w:rsidR="00F702E8" w14:paraId="737581CA" w14:textId="77777777" w:rsidTr="00DC1608">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="276"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="486" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="128EC39A" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
               <w:tab w:val="clear" w:pos="9026"/>
               <w:tab w:val="left" w:pos="2989"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:tab/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="433" w:type="pct"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="09F29A3B" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4081" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+        <w:p w14:paraId="3B136E26" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8">
+  <w:p w14:paraId="7E01285A" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+    <w:p w14:paraId="35793A80" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
+    <w:p w14:paraId="75301857" w14:textId="77777777" w:rsidR="00F702E8" w:rsidRDefault="00F702E8" w:rsidP="00DC1608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="057754C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAF45E4A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7244,51 +7592,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F4E622E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="797C0C66"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7357,51 +7705,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27790EF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAF45E4A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7446,51 +7794,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B1E3D26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34E0E45C"/>
     <w:lvl w:ilvl="0" w:tplc="676ABC92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7575,274 +7923,293 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="FLIR_DOCUMENT_ID" w:val="bf14ec7e-173d-49e7-b6f5-7af044871c80"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007A01D9"/>
     <w:rsid w:val="00014C95"/>
     <w:rsid w:val="00017548"/>
     <w:rsid w:val="0002203E"/>
     <w:rsid w:val="00036416"/>
     <w:rsid w:val="0005458D"/>
     <w:rsid w:val="00077599"/>
     <w:rsid w:val="000A4A67"/>
     <w:rsid w:val="000B176B"/>
     <w:rsid w:val="001138C5"/>
     <w:rsid w:val="00131E7B"/>
     <w:rsid w:val="00162A57"/>
     <w:rsid w:val="00163F05"/>
     <w:rsid w:val="00182D92"/>
     <w:rsid w:val="00185526"/>
     <w:rsid w:val="001879F1"/>
     <w:rsid w:val="001B03A1"/>
     <w:rsid w:val="001C2B07"/>
     <w:rsid w:val="001C68AA"/>
     <w:rsid w:val="001C759D"/>
     <w:rsid w:val="001E3DF3"/>
     <w:rsid w:val="001E63D6"/>
     <w:rsid w:val="002030CE"/>
     <w:rsid w:val="0020698A"/>
     <w:rsid w:val="00217734"/>
     <w:rsid w:val="00225AF5"/>
     <w:rsid w:val="00235DE1"/>
     <w:rsid w:val="0024058D"/>
     <w:rsid w:val="00280A1B"/>
     <w:rsid w:val="002E37AA"/>
     <w:rsid w:val="0031202D"/>
     <w:rsid w:val="0033476D"/>
     <w:rsid w:val="00376D5C"/>
     <w:rsid w:val="003771E7"/>
     <w:rsid w:val="00380E69"/>
     <w:rsid w:val="00384209"/>
     <w:rsid w:val="003E4653"/>
     <w:rsid w:val="00403DC8"/>
+    <w:rsid w:val="0040777E"/>
     <w:rsid w:val="0042260C"/>
     <w:rsid w:val="00424F8B"/>
     <w:rsid w:val="004656CD"/>
     <w:rsid w:val="004B4452"/>
     <w:rsid w:val="004C610E"/>
     <w:rsid w:val="004D4AA3"/>
     <w:rsid w:val="004D5897"/>
     <w:rsid w:val="004E6AD7"/>
     <w:rsid w:val="0051263C"/>
     <w:rsid w:val="00514527"/>
     <w:rsid w:val="00522DD3"/>
     <w:rsid w:val="00525AF9"/>
     <w:rsid w:val="005529FE"/>
     <w:rsid w:val="00554C00"/>
     <w:rsid w:val="005607C5"/>
     <w:rsid w:val="00572D91"/>
     <w:rsid w:val="00587AEC"/>
     <w:rsid w:val="00595804"/>
     <w:rsid w:val="005D0474"/>
     <w:rsid w:val="005F0162"/>
     <w:rsid w:val="00620105"/>
     <w:rsid w:val="00620900"/>
+    <w:rsid w:val="006221A4"/>
     <w:rsid w:val="00641A62"/>
     <w:rsid w:val="00653317"/>
     <w:rsid w:val="00655028"/>
     <w:rsid w:val="00662949"/>
     <w:rsid w:val="00667398"/>
     <w:rsid w:val="00676A6E"/>
+    <w:rsid w:val="0068360D"/>
     <w:rsid w:val="006A0D63"/>
     <w:rsid w:val="006C3F4A"/>
     <w:rsid w:val="006D5FEB"/>
     <w:rsid w:val="006E5D26"/>
     <w:rsid w:val="00707311"/>
     <w:rsid w:val="00722A1C"/>
     <w:rsid w:val="007236FB"/>
     <w:rsid w:val="00730721"/>
     <w:rsid w:val="00751A71"/>
     <w:rsid w:val="00760D70"/>
     <w:rsid w:val="00772E86"/>
     <w:rsid w:val="00773FE1"/>
     <w:rsid w:val="007740FD"/>
     <w:rsid w:val="007811E1"/>
     <w:rsid w:val="007A01D9"/>
     <w:rsid w:val="007B474A"/>
+    <w:rsid w:val="007B724B"/>
     <w:rsid w:val="007C2AF4"/>
     <w:rsid w:val="007C606A"/>
     <w:rsid w:val="007F4656"/>
     <w:rsid w:val="007F66A3"/>
     <w:rsid w:val="007F7F6C"/>
     <w:rsid w:val="008355E8"/>
     <w:rsid w:val="00847AFA"/>
     <w:rsid w:val="008633C8"/>
     <w:rsid w:val="008756CA"/>
     <w:rsid w:val="00877EB4"/>
+    <w:rsid w:val="008945E8"/>
     <w:rsid w:val="008A1678"/>
     <w:rsid w:val="008E085F"/>
     <w:rsid w:val="009021FE"/>
     <w:rsid w:val="00923678"/>
     <w:rsid w:val="00932674"/>
+    <w:rsid w:val="0093519F"/>
     <w:rsid w:val="00957008"/>
     <w:rsid w:val="00965E3C"/>
     <w:rsid w:val="009B3311"/>
     <w:rsid w:val="009B75B8"/>
     <w:rsid w:val="009C64E5"/>
     <w:rsid w:val="009D214B"/>
+    <w:rsid w:val="009F3C1B"/>
     <w:rsid w:val="00A142CA"/>
     <w:rsid w:val="00A3397C"/>
     <w:rsid w:val="00A63998"/>
     <w:rsid w:val="00A814BE"/>
     <w:rsid w:val="00A87BF0"/>
     <w:rsid w:val="00AA1E2D"/>
     <w:rsid w:val="00AA5105"/>
+    <w:rsid w:val="00AB0F21"/>
     <w:rsid w:val="00AD3C72"/>
     <w:rsid w:val="00B1251C"/>
     <w:rsid w:val="00B36B4D"/>
     <w:rsid w:val="00B43C3D"/>
     <w:rsid w:val="00B443C6"/>
     <w:rsid w:val="00B53006"/>
     <w:rsid w:val="00B6483F"/>
+    <w:rsid w:val="00B81EB7"/>
     <w:rsid w:val="00BC3450"/>
     <w:rsid w:val="00BD0734"/>
     <w:rsid w:val="00BE4175"/>
     <w:rsid w:val="00BE710B"/>
+    <w:rsid w:val="00C134CC"/>
     <w:rsid w:val="00C32D28"/>
     <w:rsid w:val="00C344B2"/>
     <w:rsid w:val="00C35020"/>
     <w:rsid w:val="00C40CB1"/>
     <w:rsid w:val="00C65A93"/>
     <w:rsid w:val="00C73157"/>
     <w:rsid w:val="00C83549"/>
     <w:rsid w:val="00C83A42"/>
     <w:rsid w:val="00C87FFC"/>
     <w:rsid w:val="00C93F56"/>
     <w:rsid w:val="00CA3AF1"/>
     <w:rsid w:val="00CB3D14"/>
     <w:rsid w:val="00CE2B23"/>
     <w:rsid w:val="00D42E13"/>
     <w:rsid w:val="00D72D31"/>
     <w:rsid w:val="00D7457B"/>
     <w:rsid w:val="00D763EF"/>
     <w:rsid w:val="00DA0E11"/>
     <w:rsid w:val="00DC1608"/>
     <w:rsid w:val="00DC18FC"/>
     <w:rsid w:val="00DC2D7D"/>
     <w:rsid w:val="00DF4DD9"/>
     <w:rsid w:val="00E001CA"/>
     <w:rsid w:val="00E1469B"/>
     <w:rsid w:val="00E16FBF"/>
     <w:rsid w:val="00E605E0"/>
     <w:rsid w:val="00E61B3B"/>
     <w:rsid w:val="00E71D98"/>
     <w:rsid w:val="00E974FF"/>
     <w:rsid w:val="00EA32DE"/>
     <w:rsid w:val="00EB0C99"/>
     <w:rsid w:val="00EB20C7"/>
     <w:rsid w:val="00ED49A7"/>
     <w:rsid w:val="00EF692A"/>
     <w:rsid w:val="00F13CE9"/>
+    <w:rsid w:val="00F3056D"/>
     <w:rsid w:val="00F45BEB"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F702E8"/>
     <w:rsid w:val="00FA7CBC"/>
+    <w:rsid w:val="00FB1E21"/>
+    <w:rsid w:val="00FC565E"/>
     <w:rsid w:val="00FD03E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1044"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:docId w15:val="{B841608D-325B-4FB0-B74B-999C19E54123}"/>
+  <w14:docId w14:val="000B41C4"/>
+  <w15:docId w15:val="{4AFBC0F4-731A-4054-B745-905C2F1C7C2C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8170,55 +8537,60 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DC18FC"/>
+    <w:rsid w:val="007B724B"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -8247,65 +8619,58 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007A01D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001C2B07"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-TopofForm">
     <w:name w:val="HTML Top of Form"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="z-TopofFormChar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00514527"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
@@ -8395,67 +8760,65 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DC1608"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC1608"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00DC1608"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DC1608"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
@@ -8483,105 +8846,105 @@
     <w:name w:val="Style1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00C344B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Farsi-Form">
     <w:name w:val="Farsi-Form"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="009021FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="B Nazanin"/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX2.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX3.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX4.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX5.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BB61CE2DC6384D5595BCF629DF2E19CC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{51AC1413-EA06-4C2D-AF7C-B7E866BBB4ED}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00296C69" w:rsidRDefault="00296C69" w:rsidP="00296C69">
           <w:pPr>
             <w:pStyle w:val="BB61CE2DC6384D5595BCF629DF2E19CC"/>
           </w:pPr>
           <w:r w:rsidRPr="002F2D24">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -8947,659 +9310,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{44A31CB6-28CB-41F8-94BE-65928290DBC6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00725B52" w:rsidRDefault="00725B52" w:rsidP="00725B52">
           <w:pPr>
             <w:pStyle w:val="6E7BD2BAD2F942678BD7E7316871F96B"/>
           </w:pPr>
           <w:r w:rsidRPr="00F25893">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="37B51A5ED09F40B4AA7DE3FBE200F5DE"/>
-[...607 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="4DE7B5BC1A3A458789E9FF2BEE541A90"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5A40A630-FCEF-48FF-A04C-FBA5D7D94679}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00585FA9" w:rsidRDefault="00585FA9" w:rsidP="00585FA9">
           <w:pPr>
             <w:pStyle w:val="4DE7B5BC1A3A458789E9FF2BEE541A90"/>
           </w:pPr>
           <w:r w:rsidRPr="00F25893">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -9730,108 +9484,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A331044C-CF38-4587-80CC-CA77AA09F2FC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00585FA9" w:rsidRDefault="00585FA9" w:rsidP="00585FA9">
           <w:pPr>
             <w:pStyle w:val="0DE20B78569C45999C1BF4515C767404"/>
           </w:pPr>
           <w:r w:rsidRPr="002F2D24">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9FECBDB0818449A99C1B0320A42E8BEA"/>
-[...56 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="4A6D739EB2EA462DB31F3096B63F9F1C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BCCBA59F-61AB-444D-B3C5-C851D2E9F9B4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00585FA9" w:rsidRDefault="00585FA9" w:rsidP="00585FA9">
           <w:pPr>
             <w:pStyle w:val="4A6D739EB2EA462DB31F3096B63F9F1C"/>
           </w:pPr>
           <w:r w:rsidRPr="00F25893">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -9844,245 +9540,1062 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7DF90E35-B9D2-47F1-B75F-90FCDE73DC55}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00585FA9" w:rsidRDefault="00585FA9" w:rsidP="00585FA9">
           <w:pPr>
             <w:pStyle w:val="BD420C6EE67F42BC9EEB6D17BC1EEEBE"/>
           </w:pPr>
           <w:r w:rsidRPr="00F25893">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E5EB5490D5B448FB0CE7442CF0A6EBD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{25E2E50C-57C1-451A-8B67-541BEC048577}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="4E5EB5490D5B448FB0CE7442CF0A6EBD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2F9F5C2D07AA4764B6A7455948884046"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{222A9394-0B91-4199-B47C-DFCA8277A118}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="2F9F5C2D07AA4764B6A7455948884046"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B3AF254DD149437B9746C05E162C1FAF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C5B765F2-BA4B-4CFB-A711-2906FFF1AB3D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="B3AF254DD149437B9746C05E162C1FAF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="46050A6C5C5742AD8DDFB2BF9498E827"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7CDFAFC6-A9F6-453B-B6DC-DB4831A421C1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="46050A6C5C5742AD8DDFB2BF9498E827"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7FF4B072C6C54FFE8C9D1557879CFBE1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{96C6C6BB-965B-419E-87BF-05BA3B81FB01}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="7FF4B072C6C54FFE8C9D1557879CFBE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F205FA">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="21E8755222EC4CC1BC38D778A5556CD4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C659516-79DA-4D04-B680-61573DAB208F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="21E8755222EC4CC1BC38D778A5556CD4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A3AE852627A547BD9C745844B3EF5AA0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC80782F-CDEA-4633-8FCF-ECC1A4053E52}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="A3AE852627A547BD9C745844B3EF5AA0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9494265F140B4968B7F39330B6FCB737"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1426D99E-66FF-4706-BA53-340DD76EFF5B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="9494265F140B4968B7F39330B6FCB737"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4A05670C94AE40DBBBC905766BA44C60"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32880FF2-1EA0-470D-BCD0-D8AA29485172}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="4A05670C94AE40DBBBC905766BA44C60"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="75D5E655D06043968D18F3E0A6251628"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{16628AC0-6D47-4885-821F-AAB4FD53ACC6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="75D5E655D06043968D18F3E0A6251628"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C15C5D2B00F34A7ABD171CCA184E837B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{82DF10CF-FDF9-40C3-A898-F13A2E410EEC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="C15C5D2B00F34A7ABD171CCA184E837B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F2516D7FDF9C45478D4F57D669F886D5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3A917C89-331E-4A9E-BFB6-CA563384E4E9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="F2516D7FDF9C45478D4F57D669F886D5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F205FA">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="581421740298457498A362A98DE769D3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DAEF4530-0793-418A-8A4C-C22E6DA0E50F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="581421740298457498A362A98DE769D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="45F1608E46074CBAABF5BD096661B9E1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3B83C4E6-1082-4515-84EB-A4119EF62EFE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="45F1608E46074CBAABF5BD096661B9E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7301CE366E274A5B9FD16166F9A9DD52"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1EBDFA1C-8BD6-41D8-B390-A2BC55DAE605}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="7301CE366E274A5B9FD16166F9A9DD52"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCF237CF3151439BB7E1A3D4D8F7FCD1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C0E4EE39-F666-4C9F-9CBD-E47782292B76}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="FCF237CF3151439BB7E1A3D4D8F7FCD1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D4A4888AE7B445ABB4D168D2878E94C4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E7BC6341-7989-4AEC-B2AE-3FBC8FD65139}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="D4A4888AE7B445ABB4D168D2878E94C4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="549153796B3A4E80B41E80EDE2415CB8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{08340F9C-824F-41D8-A027-9AE5B3C72CF1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="549153796B3A4E80B41E80EDE2415CB8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7F64DD2B1F014A4ABDF7AEF1E3651E64"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E4C97514-D977-449F-9710-DD06B74BA391}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="7F64DD2B1F014A4ABDF7AEF1E3651E64"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B0D9006BD13649E095E4B00C1D62350F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2CEA3AE9-6883-4366-87F4-5BFDCE0AFCB4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="B0D9006BD13649E095E4B00C1D62350F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="31DAAD4B87DD4C8DB097EDE91C98B99E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FBD32FD5-8900-45D1-BFA8-094AE6196CDE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="31DAAD4B87DD4C8DB097EDE91C98B99E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCB74309B22A4174AF17E60F35939231"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E9836DE-F8A6-4774-B919-656E2FA23A54}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="FCB74309B22A4174AF17E60F35939231"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9874B3FAFAAF4038A9358E3DC0C5D69A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC14635E-DAEC-46ED-9534-1F5502AB6B61}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="9874B3FAFAAF4038A9358E3DC0C5D69A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C339A873A9C0476ABECB102A18AA114B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0C373FEC-01C1-44CB-8BEA-4B6B2D21C641}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="C339A873A9C0476ABECB102A18AA114B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E9D23CA8F34D44D3A2DD7BD47182CF7D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8C467786-C8CC-40DA-AF9E-98DB2C5D19FF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="E9D23CA8F34D44D3A2DD7BD47182CF7D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9828C9BFF5CA47FDB0259C78CF8532C9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FDCF4BAC-4C3A-4ABA-86A6-D9703DC983B1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="9828C9BFF5CA47FDB0259C78CF8532C9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="06D83563534E43DFBA7B52753436852F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A68B8C6A-68E5-48C5-9B94-3A762A0294E6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="06D83563534E43DFBA7B52753436852F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002F2D24">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1249384F4FB4489E88B7F3B1DA51D6E6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E7628A0D-45FC-403B-ADCA-48E0B6478324}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005C3707" w:rsidRDefault="002B603F" w:rsidP="002B603F">
+          <w:pPr>
+            <w:pStyle w:val="1249384F4FB4489E88B7F3B1DA51D6E6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F25893">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
-    <w:panose1 w:val="02020505000000020003"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="F_nazanin">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="F_Nazanin">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00296C69"/>
     <w:rsid w:val="00296C69"/>
+    <w:rsid w:val="002B603F"/>
     <w:rsid w:val="003E3562"/>
     <w:rsid w:val="0049369B"/>
+    <w:rsid w:val="00575554"/>
     <w:rsid w:val="00585FA9"/>
+    <w:rsid w:val="005C3707"/>
     <w:rsid w:val="00677089"/>
     <w:rsid w:val="006C0BEB"/>
     <w:rsid w:val="006C47DC"/>
     <w:rsid w:val="006D421F"/>
     <w:rsid w:val="00725B52"/>
     <w:rsid w:val="00904BCB"/>
     <w:rsid w:val="00974DB8"/>
     <w:rsid w:val="009801B4"/>
     <w:rsid w:val="009B259A"/>
     <w:rsid w:val="00A721B8"/>
     <w:rsid w:val="00AB36C7"/>
+    <w:rsid w:val="00AC410F"/>
     <w:rsid w:val="00BD5F53"/>
     <w:rsid w:val="00C557D4"/>
     <w:rsid w:val="00CB0090"/>
     <w:rsid w:val="00CE24A1"/>
     <w:rsid w:val="00D43AD9"/>
     <w:rsid w:val="00DB6F80"/>
     <w:rsid w:val="00E171FA"/>
     <w:rsid w:val="00EE5796"/>
     <w:rsid w:val="00F27A14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10410,698 +10923,198 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AB36C7"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00585FA9"/>
+    <w:rsid w:val="002B603F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB61CE2DC6384D5595BCF629DF2E19CC">
     <w:name w:val="BB61CE2DC6384D5595BCF629DF2E19CC"/>
     <w:rsid w:val="00296C69"/>
-    <w:pPr>
-[...194 lines deleted...]
-    <w:rsid w:val="009801B4"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="38B813F71C3A442BB3037304784C5553">
     <w:name w:val="38B813F71C3A442BB3037304784C5553"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F6400CDDE694C95A38775B900CC0029">
     <w:name w:val="2F6400CDDE694C95A38775B900CC0029"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0411BD0E02045158EA3759FD10D9BCC">
     <w:name w:val="A0411BD0E02045158EA3759FD10D9BCC"/>
-    <w:rsid w:val="00BD5F53"/>
-[...117 lines deleted...]
-    <w:name w:val="C3C6E115F68A4335B24A8D003FE0BFB3"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B4517AD5935D49C0959899E6DC5ECB74">
     <w:name w:val="B4517AD5935D49C0959899E6DC5ECB74"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D809575BE5F24095939472C054ADFAAB">
     <w:name w:val="D809575BE5F24095939472C054ADFAAB"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD4CB474FBDF48F0AE1C4849CED98F2D">
     <w:name w:val="CD4CB474FBDF48F0AE1C4849CED98F2D"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE09A77BC01D47A48B28C0438A8A7353">
     <w:name w:val="AE09A77BC01D47A48B28C0438A8A7353"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E3807EB0CC240F18EB05348C12C7451">
     <w:name w:val="0E3807EB0CC240F18EB05348C12C7451"/>
     <w:rsid w:val="00BD5F53"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF16C5A8A75D477981237093ECA19574">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="87E90E7324644B5B933F4D6A6C923B6A">
     <w:name w:val="87E90E7324644B5B933F4D6A6C923B6A"/>
     <w:rsid w:val="00677089"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCB1D9A359F146FB8CE6A3A0A17BAD05">
     <w:name w:val="CCB1D9A359F146FB8CE6A3A0A17BAD05"/>
     <w:rsid w:val="00D43AD9"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B405A175E8634D45B65131C016EE2EBF">
     <w:name w:val="B405A175E8634D45B65131C016EE2EBF"/>
     <w:rsid w:val="00D43AD9"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12209AFACE24462E85D93916B4ADA594">
-[...173 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC021806C54B4CAB9BF6FE566016D46D">
     <w:name w:val="BC021806C54B4CAB9BF6FE566016D46D"/>
     <w:rsid w:val="00725B52"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E7BD2BAD2F942678BD7E7316871F96B">
     <w:name w:val="6E7BD2BAD2F942678BD7E7316871F96B"/>
     <w:rsid w:val="00725B52"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
-  </w:style>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="37B51A5ED09F40B4AA7DE3FBE200F5DE">
     <w:name w:val="37B51A5ED09F40B4AA7DE3FBE200F5DE"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A70E770712A2480393218C817FDB09C3">
     <w:name w:val="A70E770712A2480393218C817FDB09C3"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C0560DAB5C7465690FC852BB8D5FD58">
     <w:name w:val="9C0560DAB5C7465690FC852BB8D5FD58"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
@@ -11275,111 +11288,361 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2834D060FA06485FB9DFA6459B17C59B">
     <w:name w:val="2834D060FA06485FB9DFA6459B17C59B"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0A49C1082DC4F0FAFA757434BC84B7C">
     <w:name w:val="E0A49C1082DC4F0FAFA757434BC84B7C"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DE20B78569C45999C1BF4515C767404">
     <w:name w:val="0DE20B78569C45999C1BF4515C767404"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FECBDB0818449A99C1B0320A42E8BEA">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A6D739EB2EA462DB31F3096B63F9F1C">
     <w:name w:val="4A6D739EB2EA462DB31F3096B63F9F1C"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD420C6EE67F42BC9EEB6D17BC1EEEBE">
     <w:name w:val="BD420C6EE67F42BC9EEB6D17BC1EEEBE"/>
     <w:rsid w:val="00585FA9"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05EE90FD41464388AEB340B4B9591C93">
-[...1 lines deleted...]
-    <w:rsid w:val="00585FA9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E5EB5490D5B448FB0CE7442CF0A6EBD">
+    <w:name w:val="4E5EB5490D5B448FB0CE7442CF0A6EBD"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C5BC95ABBFE4E46A73CB7F15B83752A">
-[...1 lines deleted...]
-    <w:rsid w:val="00585FA9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F9F5C2D07AA4764B6A7455948884046">
+    <w:name w:val="2F9F5C2D07AA4764B6A7455948884046"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B3AF254DD149437B9746C05E162C1FAF">
+    <w:name w:val="B3AF254DD149437B9746C05E162C1FAF"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46050A6C5C5742AD8DDFB2BF9498E827">
+    <w:name w:val="46050A6C5C5742AD8DDFB2BF9498E827"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FF4B072C6C54FFE8C9D1557879CFBE1">
+    <w:name w:val="7FF4B072C6C54FFE8C9D1557879CFBE1"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21E8755222EC4CC1BC38D778A5556CD4">
+    <w:name w:val="21E8755222EC4CC1BC38D778A5556CD4"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3AE852627A547BD9C745844B3EF5AA0">
+    <w:name w:val="A3AE852627A547BD9C745844B3EF5AA0"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9494265F140B4968B7F39330B6FCB737">
+    <w:name w:val="9494265F140B4968B7F39330B6FCB737"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A05670C94AE40DBBBC905766BA44C60">
+    <w:name w:val="4A05670C94AE40DBBBC905766BA44C60"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75D5E655D06043968D18F3E0A6251628">
+    <w:name w:val="75D5E655D06043968D18F3E0A6251628"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C15C5D2B00F34A7ABD171CCA184E837B">
+    <w:name w:val="C15C5D2B00F34A7ABD171CCA184E837B"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2516D7FDF9C45478D4F57D669F886D5">
+    <w:name w:val="F2516D7FDF9C45478D4F57D669F886D5"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="581421740298457498A362A98DE769D3">
+    <w:name w:val="581421740298457498A362A98DE769D3"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="45F1608E46074CBAABF5BD096661B9E1">
+    <w:name w:val="45F1608E46074CBAABF5BD096661B9E1"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7301CE366E274A5B9FD16166F9A9DD52">
+    <w:name w:val="7301CE366E274A5B9FD16166F9A9DD52"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCF237CF3151439BB7E1A3D4D8F7FCD1">
+    <w:name w:val="FCF237CF3151439BB7E1A3D4D8F7FCD1"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4A4888AE7B445ABB4D168D2878E94C4">
+    <w:name w:val="D4A4888AE7B445ABB4D168D2878E94C4"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="549153796B3A4E80B41E80EDE2415CB8">
+    <w:name w:val="549153796B3A4E80B41E80EDE2415CB8"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F64DD2B1F014A4ABDF7AEF1E3651E64">
+    <w:name w:val="7F64DD2B1F014A4ABDF7AEF1E3651E64"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0D9006BD13649E095E4B00C1D62350F">
+    <w:name w:val="B0D9006BD13649E095E4B00C1D62350F"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31DAAD4B87DD4C8DB097EDE91C98B99E">
+    <w:name w:val="31DAAD4B87DD4C8DB097EDE91C98B99E"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCB74309B22A4174AF17E60F35939231">
+    <w:name w:val="FCB74309B22A4174AF17E60F35939231"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9874B3FAFAAF4038A9358E3DC0C5D69A">
+    <w:name w:val="9874B3FAFAAF4038A9358E3DC0C5D69A"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C339A873A9C0476ABECB102A18AA114B">
+    <w:name w:val="C339A873A9C0476ABECB102A18AA114B"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9D23CA8F34D44D3A2DD7BD47182CF7D">
+    <w:name w:val="E9D23CA8F34D44D3A2DD7BD47182CF7D"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9828C9BFF5CA47FDB0259C78CF8532C9">
+    <w:name w:val="9828C9BFF5CA47FDB0259C78CF8532C9"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06D83563534E43DFBA7B52753436852F">
+    <w:name w:val="06D83563534E43DFBA7B52753436852F"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1249384F4FB4489E88B7F3B1DA51D6E6">
+    <w:name w:val="1249384F4FB4489E88B7F3B1DA51D6E6"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="162D867DBC444D68B8951B2D71C56F2A">
+    <w:name w:val="162D867DBC444D68B8951B2D71C56F2A"/>
+    <w:rsid w:val="002B603F"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
@@ -11641,69 +11904,73 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2CD1967-8351-4C36-BDD4-C7B994D852BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4258</Characters>
+  <Pages>2</Pages>
+  <Words>693</Words>
+  <Characters>3956</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4996</CharactersWithSpaces>
+  <CharactersWithSpaces>4640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Dr Alireza Zolfaghari</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>